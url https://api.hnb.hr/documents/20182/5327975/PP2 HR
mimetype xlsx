--- v0 (2025-10-02)
+++ v1 (2026-02-01)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="34">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPAN BROJ TRANSAKCIJA PRIHVATA PLATNIH INSTRUMENATA U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>IZVJEŠTAJNO RAZDOBLJE</t>
   </si>
   <si>
     <t>Opis transakcije</t>
   </si>
   <si>
     <t>Vlastita</t>
   </si>
@@ -89,63 +89,78 @@
   <si>
     <t> Podizanje gotovog novca</t>
   </si>
   <si>
     <t> Kupovina</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Prijenos</t>
   </si>
   <si>
     <t> Izdavanje (punjenje) e-novca</t>
   </si>
   <si>
     <t> Iskup e-novca</t>
   </si>
   <si>
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
+  </si>
+  <si>
+    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -519,51 +534,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R58"/>
+  <dimension ref="A1:R80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1548,83 +1563,83 @@
       <c r="A26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B26" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C26" s="8">
         <v>13255413</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>431755</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G26" s="8">
         <v>38346727</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I26" s="8">
-        <v>1338279</v>
+        <v>1338281</v>
       </c>
       <c r="J26" t="s" s="7">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K26" s="8">
         <v>4131327</v>
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>222127</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="8">
         <v>55733467</v>
       </c>
       <c r="P26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q26" s="8">
-        <v>1992161</v>
+        <v>1992163</v>
       </c>
       <c r="R26" t="s" s="7">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C27" s="8">
         <v>213955</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v/>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v/>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v/>
       </c>
@@ -1772,78 +1787,78 @@
       <c r="A30" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B30" t="s" s="9">
         <v>22</v>
       </c>
       <c r="C30" s="10">
         <v>20648670</v>
       </c>
       <c r="D30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E30" s="10">
         <v>878011</v>
       </c>
       <c r="F30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G30" s="10">
         <v>39002602</v>
       </c>
       <c r="H30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I30" s="10">
-        <v>1358866</v>
+        <v>1358868</v>
       </c>
       <c r="J30" t="s" s="9">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K30" s="10">
         <v>4295347</v>
       </c>
       <c r="L30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M30" s="10">
         <v>228117</v>
       </c>
       <c r="N30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O30" s="10">
         <v>63946619</v>
       </c>
       <c r="P30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q30" s="10">
-        <v>2464994</v>
+        <v>2464996</v>
       </c>
       <c r="R30" t="s" s="9">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B31" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C31" s="8">
         <v>445288</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E31" s="8">
         <v>182335</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G31" s="8">
         <v/>
       </c>
       <c r="H31" t="s" s="7">
@@ -1972,51 +1987,51 @@
       </c>
       <c r="L33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="8">
         <v>301748</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="8">
         <v>59143673</v>
       </c>
       <c r="P33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q33" s="8">
         <v>2144288</v>
       </c>
       <c r="R33" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B34" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C34" s="8">
         <v>207418</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E34" s="8">
         <v/>
       </c>
       <c r="F34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G34" s="8">
         <v/>
       </c>
       <c r="H34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I34" s="8">
         <v/>
       </c>
@@ -2364,51 +2379,51 @@
       </c>
       <c r="L40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M40" s="8">
         <v>397496</v>
       </c>
       <c r="N40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O40" s="8">
         <v>64339661</v>
       </c>
       <c r="P40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q40" s="8">
         <v>2381246</v>
       </c>
       <c r="R40" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C41" s="8">
         <v>221862</v>
       </c>
       <c r="D41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
@@ -2756,51 +2771,51 @@
       </c>
       <c r="L47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M47" s="8">
         <v>514199</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="8">
         <v>70892127</v>
       </c>
       <c r="P47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q47" s="8">
         <v>2513782</v>
       </c>
       <c r="R47" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B48" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C48" s="8">
         <v>212039</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v/>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
@@ -2986,432 +3001,1613 @@
       </c>
       <c r="N51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O51" s="10">
         <v>79672204</v>
       </c>
       <c r="P51" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q51" s="10">
         <v>3020868</v>
       </c>
       <c r="R51" t="s" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B52" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C52" s="8">
-        <v>2598459</v>
+        <v>473209</v>
       </c>
       <c r="D52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E52" s="8">
-        <v>1066387</v>
+        <v>215700</v>
       </c>
       <c r="F52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G52" s="8">
         <v/>
       </c>
       <c r="H52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I52" s="8">
         <v/>
       </c>
       <c r="J52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K52" s="8">
         <v/>
       </c>
       <c r="L52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M52" s="8">
         <v/>
       </c>
       <c r="N52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O52" s="8">
-        <v>2598459</v>
+        <v>473209</v>
       </c>
       <c r="P52" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q52" s="8">
-        <v>1066387</v>
+        <v>215700</v>
       </c>
       <c r="R52" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B53" t="s" s="7">
         <v>16</v>
       </c>
       <c r="C53" s="8">
-        <v>39620530</v>
+        <v>6680965</v>
       </c>
       <c r="D53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E53" s="8">
-        <v>1557096</v>
+        <v>281571</v>
       </c>
       <c r="F53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G53" s="8">
-        <v>3894466</v>
+        <v>726980</v>
       </c>
       <c r="H53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I53" s="8">
-        <v>124080</v>
+        <v>23939</v>
       </c>
       <c r="J53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K53" s="8">
-        <v>1759142</v>
+        <v>967958</v>
       </c>
       <c r="L53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M53" s="8">
-        <v>42606</v>
+        <v>13218</v>
       </c>
       <c r="N53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O53" s="8">
-        <v>45274138</v>
+        <v>8375903</v>
       </c>
       <c r="P53" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q53" s="8">
-        <v>1723782</v>
+        <v>318728</v>
       </c>
       <c r="R53" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B54" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C54" s="8">
-        <v>79870386</v>
+        <v>15188972</v>
       </c>
       <c r="D54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E54" s="8">
-        <v>2638226</v>
+        <v>537012</v>
       </c>
       <c r="F54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G54" s="8">
-        <v>225780159</v>
+        <v>40609829</v>
       </c>
       <c r="H54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I54" s="8">
-        <v>8154597</v>
+        <v>1552008</v>
       </c>
       <c r="J54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K54" s="8">
-        <v>44927079</v>
+        <v>26460588</v>
       </c>
       <c r="L54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M54" s="8">
-        <v>1801253</v>
+        <v>653693</v>
       </c>
       <c r="N54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O54" s="8">
-        <v>350577624</v>
+        <v>82259389</v>
       </c>
       <c r="P54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q54" s="8">
-        <v>12594076</v>
+        <v>2742713</v>
       </c>
       <c r="R54" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B55" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C55" s="8">
-        <v>1228248</v>
+        <v>227648</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E55" s="8">
         <v/>
       </c>
       <c r="F55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G55" s="8">
         <v/>
       </c>
       <c r="H55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I55" s="8">
         <v/>
       </c>
       <c r="J55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K55" s="8">
         <v/>
       </c>
       <c r="L55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M55" s="8">
         <v/>
       </c>
       <c r="N55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O55" s="8">
-        <v>1228248</v>
+        <v>227648</v>
       </c>
       <c r="P55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q55" s="8">
         <v>0</v>
       </c>
       <c r="R55" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B56" t="s" s="7">
         <v>20</v>
       </c>
       <c r="C56" s="8">
-        <v>10353</v>
+        <v>1838</v>
       </c>
       <c r="D56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E56" s="8">
         <v/>
       </c>
       <c r="F56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G56" s="8">
         <v/>
       </c>
       <c r="H56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I56" s="8">
         <v/>
       </c>
       <c r="J56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K56" s="8">
         <v/>
       </c>
       <c r="L56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M56" s="8">
         <v/>
       </c>
       <c r="N56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O56" s="8">
-        <v>10353</v>
+        <v>1838</v>
       </c>
       <c r="P56" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q56" s="8">
         <v>0</v>
       </c>
       <c r="R56" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B57" t="s" s="7">
         <v>21</v>
       </c>
       <c r="C57" s="8">
-        <v>76456</v>
+        <v>13413</v>
       </c>
       <c r="D57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E57" s="8">
-        <v>955</v>
+        <v>146</v>
       </c>
       <c r="F57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G57" s="8">
         <v/>
       </c>
       <c r="H57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I57" s="8">
         <v/>
       </c>
       <c r="J57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K57" s="8">
         <v/>
       </c>
       <c r="L57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M57" s="8">
         <v/>
       </c>
       <c r="N57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O57" s="8">
-        <v>76456</v>
+        <v>13413</v>
       </c>
       <c r="P57" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q57" s="8">
-        <v>955</v>
+        <v>146</v>
       </c>
       <c r="R57" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B58" t="s" s="9">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C58" s="10">
-        <v>123404432</v>
+        <v>22586045</v>
       </c>
       <c r="D58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E58" s="10">
-        <v>5262664</v>
+        <v>1034429</v>
       </c>
       <c r="F58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G58" s="10">
-        <v>229674625</v>
+        <v>41336809</v>
       </c>
       <c r="H58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I58" s="10">
-        <v>8278677</v>
+        <v>1575947</v>
       </c>
       <c r="J58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="K58" s="10">
-        <v>46686221</v>
+        <v>27428546</v>
       </c>
       <c r="L58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M58" s="10">
-        <v>1843859</v>
+        <v>666911</v>
       </c>
       <c r="N58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O58" s="10">
-        <v>399765278</v>
+        <v>91351400</v>
       </c>
       <c r="P58" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q58" s="10">
-        <v>15385200</v>
+        <v>3277287</v>
       </c>
       <c r="R58" t="s" s="9">
         <v>14</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="A59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C59" s="8">
+        <v>433900</v>
+      </c>
+      <c r="D59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E59" s="8">
+        <v>192758</v>
+      </c>
+      <c r="F59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G59" s="8">
+        <v/>
+      </c>
+      <c r="H59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I59" s="8">
+        <v/>
+      </c>
+      <c r="J59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K59" s="8">
+        <v/>
+      </c>
+      <c r="L59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M59" s="8">
+        <v/>
+      </c>
+      <c r="N59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O59" s="8">
+        <v>433900</v>
+      </c>
+      <c r="P59" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>192758</v>
+      </c>
+      <c r="R59" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18">
+      <c r="A60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C60" s="8">
+        <v>6349895</v>
+      </c>
+      <c r="D60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E60" s="8">
+        <v>260089</v>
+      </c>
+      <c r="F60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G60" s="8">
+        <v>719043</v>
+      </c>
+      <c r="H60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I60" s="8">
+        <v>21877</v>
+      </c>
+      <c r="J60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K60" s="8">
+        <v>1056665</v>
+      </c>
+      <c r="L60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M60" s="8">
+        <v>13261</v>
+      </c>
+      <c r="N60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O60" s="8">
+        <v>8125603</v>
+      </c>
+      <c r="P60" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q60" s="8">
+        <v>295227</v>
+      </c>
+      <c r="R60" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18">
+      <c r="A61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B61" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C61" s="8">
+        <v>14610006</v>
+      </c>
+      <c r="D61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E61" s="8">
+        <v>475711</v>
+      </c>
+      <c r="F61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G61" s="8">
+        <v>37984634</v>
+      </c>
+      <c r="H61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I61" s="8">
+        <v>1337515</v>
+      </c>
+      <c r="J61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K61" s="8">
+        <v>27919158</v>
+      </c>
+      <c r="L61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M61" s="8">
+        <v>682589</v>
+      </c>
+      <c r="N61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O61" s="8">
+        <v>80513798</v>
+      </c>
+      <c r="P61" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>2495815</v>
+      </c>
+      <c r="R61" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18">
+      <c r="A62" t="s" s="7">
+        <v>30</v>
+      </c>
+      <c r="B62" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C62" s="8">
+        <v>240159</v>
+      </c>
+      <c r="D62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E62" s="8">
+        <v/>
+      </c>
+      <c r="F62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G62" s="8">
+        <v/>
+      </c>
+      <c r="H62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I62" s="8">
+        <v/>
+      </c>
+      <c r="J62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K62" s="8">
+        <v/>
+      </c>
+      <c r="L62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M62" s="8">
+        <v/>
+      </c>
+      <c r="N62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O62" s="8">
+        <v>240159</v>
+      </c>
+      <c r="P62" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q62" s="8">
+        <v>0</v>
+      </c>
+      <c r="R62" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18">
+      <c r="A63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B63" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C63" s="8">
+        <v>1676</v>
+      </c>
+      <c r="D63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E63" s="8">
+        <v/>
+      </c>
+      <c r="F63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G63" s="8">
+        <v/>
+      </c>
+      <c r="H63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I63" s="8">
+        <v/>
+      </c>
+      <c r="J63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K63" s="8">
+        <v/>
+      </c>
+      <c r="L63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M63" s="8">
+        <v/>
+      </c>
+      <c r="N63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O63" s="8">
+        <v>1676</v>
+      </c>
+      <c r="P63" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q63" s="8">
+        <v>0</v>
+      </c>
+      <c r="R63" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18">
+      <c r="A64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B64" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C64" s="8">
+        <v>14655</v>
+      </c>
+      <c r="D64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E64" s="8">
+        <v>128</v>
+      </c>
+      <c r="F64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G64" s="8">
+        <v/>
+      </c>
+      <c r="H64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I64" s="8">
+        <v/>
+      </c>
+      <c r="J64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K64" s="8">
+        <v/>
+      </c>
+      <c r="L64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M64" s="8">
+        <v/>
+      </c>
+      <c r="N64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O64" s="8">
+        <v>14655</v>
+      </c>
+      <c r="P64" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q64" s="8">
+        <v>128</v>
+      </c>
+      <c r="R64" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18">
+      <c r="A65" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B65" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C65" s="10">
+        <v>21650291</v>
+      </c>
+      <c r="D65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E65" s="10">
+        <v>928686</v>
+      </c>
+      <c r="F65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G65" s="10">
+        <v>38703677</v>
+      </c>
+      <c r="H65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I65" s="10">
+        <v>1359392</v>
+      </c>
+      <c r="J65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K65" s="10">
+        <v>28975823</v>
+      </c>
+      <c r="L65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M65" s="10">
+        <v>695850</v>
+      </c>
+      <c r="N65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O65" s="10">
+        <v>89329791</v>
+      </c>
+      <c r="P65" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q65" s="10">
+        <v>2983928</v>
+      </c>
+      <c r="R65" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18">
+      <c r="A66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C66" s="8">
+        <v>472495</v>
+      </c>
+      <c r="D66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E66" s="8">
+        <v>203827</v>
+      </c>
+      <c r="F66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G66" s="8">
+        <v/>
+      </c>
+      <c r="H66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I66" s="8">
+        <v/>
+      </c>
+      <c r="J66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K66" s="8">
+        <v/>
+      </c>
+      <c r="L66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M66" s="8">
+        <v/>
+      </c>
+      <c r="N66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O66" s="8">
+        <v>472495</v>
+      </c>
+      <c r="P66" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q66" s="8">
+        <v>203827</v>
+      </c>
+      <c r="R66" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18">
+      <c r="A67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B67" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C67" s="8">
+        <v>6549809</v>
+      </c>
+      <c r="D67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E67" s="8">
+        <v>273575</v>
+      </c>
+      <c r="F67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G67" s="8">
+        <v>703541</v>
+      </c>
+      <c r="H67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I67" s="8">
+        <v>22358</v>
+      </c>
+      <c r="J67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K67" s="8">
+        <v>572466</v>
+      </c>
+      <c r="L67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M67" s="8">
+        <v>10391</v>
+      </c>
+      <c r="N67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O67" s="8">
+        <v>7825816</v>
+      </c>
+      <c r="P67" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q67" s="8">
+        <v>306324</v>
+      </c>
+      <c r="R67" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18">
+      <c r="A68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B68" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C68" s="8">
+        <v>14972710</v>
+      </c>
+      <c r="D68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E68" s="8">
+        <v>509396</v>
+      </c>
+      <c r="F68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G68" s="8">
+        <v>39053163</v>
+      </c>
+      <c r="H68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I68" s="8">
+        <v>1453433</v>
+      </c>
+      <c r="J68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K68" s="8">
+        <v>16333704</v>
+      </c>
+      <c r="L68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M68" s="8">
+        <v>505824</v>
+      </c>
+      <c r="N68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O68" s="8">
+        <v>70359577</v>
+      </c>
+      <c r="P68" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q68" s="8">
+        <v>2468653</v>
+      </c>
+      <c r="R68" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18">
+      <c r="A69" t="s" s="7">
+        <v>31</v>
+      </c>
+      <c r="B69" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C69" s="8">
+        <v>245770</v>
+      </c>
+      <c r="D69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E69" s="8">
+        <v/>
+      </c>
+      <c r="F69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G69" s="8">
+        <v/>
+      </c>
+      <c r="H69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I69" s="8">
+        <v/>
+      </c>
+      <c r="J69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K69" s="8">
+        <v/>
+      </c>
+      <c r="L69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M69" s="8">
+        <v/>
+      </c>
+      <c r="N69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O69" s="8">
+        <v>245770</v>
+      </c>
+      <c r="P69" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q69" s="8">
+        <v>0</v>
+      </c>
+      <c r="R69" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18">
+      <c r="A70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B70" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C70" s="8">
+        <v>1840</v>
+      </c>
+      <c r="D70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E70" s="8">
+        <v/>
+      </c>
+      <c r="F70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G70" s="8">
+        <v/>
+      </c>
+      <c r="H70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I70" s="8">
+        <v/>
+      </c>
+      <c r="J70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K70" s="8">
+        <v/>
+      </c>
+      <c r="L70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M70" s="8">
+        <v/>
+      </c>
+      <c r="N70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O70" s="8">
+        <v>1840</v>
+      </c>
+      <c r="P70" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q70" s="8">
+        <v>0</v>
+      </c>
+      <c r="R70" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18">
+      <c r="A71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B71" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C71" s="8">
+        <v>17445</v>
+      </c>
+      <c r="D71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E71" s="8">
+        <v>149</v>
+      </c>
+      <c r="F71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G71" s="8">
+        <v/>
+      </c>
+      <c r="H71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I71" s="8">
+        <v/>
+      </c>
+      <c r="J71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K71" s="8">
+        <v/>
+      </c>
+      <c r="L71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M71" s="8">
+        <v/>
+      </c>
+      <c r="N71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O71" s="8">
+        <v>17445</v>
+      </c>
+      <c r="P71" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q71" s="8">
+        <v>149</v>
+      </c>
+      <c r="R71" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18">
+      <c r="A72" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B72" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C72" s="10">
+        <v>22260069</v>
+      </c>
+      <c r="D72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E72" s="10">
+        <v>986947</v>
+      </c>
+      <c r="F72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G72" s="10">
+        <v>39756704</v>
+      </c>
+      <c r="H72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I72" s="10">
+        <v>1475791</v>
+      </c>
+      <c r="J72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K72" s="10">
+        <v>16906170</v>
+      </c>
+      <c r="L72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M72" s="10">
+        <v>516215</v>
+      </c>
+      <c r="N72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O72" s="10">
+        <v>78922943</v>
+      </c>
+      <c r="P72" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q72" s="10">
+        <v>2978953</v>
+      </c>
+      <c r="R72" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18">
+      <c r="A73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B73" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C73" s="8">
+        <v>3978063</v>
+      </c>
+      <c r="D73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E73" s="8">
+        <v>1678672</v>
+      </c>
+      <c r="F73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G73" s="8">
+        <v/>
+      </c>
+      <c r="H73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I73" s="8">
+        <v/>
+      </c>
+      <c r="J73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K73" s="8">
+        <v/>
+      </c>
+      <c r="L73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M73" s="8">
+        <v/>
+      </c>
+      <c r="N73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O73" s="8">
+        <v>3978063</v>
+      </c>
+      <c r="P73" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q73" s="8">
+        <v>1678672</v>
+      </c>
+      <c r="R73" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18">
+      <c r="A74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B74" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C74" s="8">
+        <v>59201199</v>
+      </c>
+      <c r="D74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E74" s="8">
+        <v>2372331</v>
+      </c>
+      <c r="F74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G74" s="8">
+        <v>6044030</v>
+      </c>
+      <c r="H74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I74" s="8">
+        <v>192254</v>
+      </c>
+      <c r="J74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K74" s="8">
+        <v>4356231</v>
+      </c>
+      <c r="L74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M74" s="8">
+        <v>79476</v>
+      </c>
+      <c r="N74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O74" s="8">
+        <v>69601460</v>
+      </c>
+      <c r="P74" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q74" s="8">
+        <v>2644061</v>
+      </c>
+      <c r="R74" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18">
+      <c r="A75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B75" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C75" s="8">
+        <v>124642074</v>
+      </c>
+      <c r="D75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E75" s="8">
+        <v>4160345</v>
+      </c>
+      <c r="F75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G75" s="8">
+        <v>343427785</v>
+      </c>
+      <c r="H75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I75" s="8">
+        <v>12497555</v>
+      </c>
+      <c r="J75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K75" s="8">
+        <v>115640529</v>
+      </c>
+      <c r="L75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M75" s="8">
+        <v>3643359</v>
+      </c>
+      <c r="N75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O75" s="8">
+        <v>583710388</v>
+      </c>
+      <c r="P75" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q75" s="8">
+        <v>20301259</v>
+      </c>
+      <c r="R75" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18">
+      <c r="A76" t="s" s="7">
+        <v>32</v>
+      </c>
+      <c r="B76" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C76" s="8">
+        <v>1941825</v>
+      </c>
+      <c r="D76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E76" s="8">
+        <v/>
+      </c>
+      <c r="F76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G76" s="8">
+        <v/>
+      </c>
+      <c r="H76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I76" s="8">
+        <v/>
+      </c>
+      <c r="J76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K76" s="8">
+        <v/>
+      </c>
+      <c r="L76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M76" s="8">
+        <v/>
+      </c>
+      <c r="N76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O76" s="8">
+        <v>1941825</v>
+      </c>
+      <c r="P76" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q76" s="8">
+        <v>0</v>
+      </c>
+      <c r="R76" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18">
+      <c r="A77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B77" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C77" s="8">
+        <v>15707</v>
+      </c>
+      <c r="D77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E77" s="8">
+        <v/>
+      </c>
+      <c r="F77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G77" s="8">
+        <v/>
+      </c>
+      <c r="H77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I77" s="8">
+        <v/>
+      </c>
+      <c r="J77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K77" s="8">
+        <v/>
+      </c>
+      <c r="L77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M77" s="8">
+        <v/>
+      </c>
+      <c r="N77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O77" s="8">
+        <v>15707</v>
+      </c>
+      <c r="P77" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q77" s="8">
+        <v>0</v>
+      </c>
+      <c r="R77" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18">
+      <c r="A78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B78" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C78" s="8">
+        <v>121969</v>
+      </c>
+      <c r="D78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E78" s="8">
+        <v>1378</v>
+      </c>
+      <c r="F78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G78" s="8">
+        <v/>
+      </c>
+      <c r="H78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I78" s="8">
+        <v/>
+      </c>
+      <c r="J78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K78" s="8">
+        <v/>
+      </c>
+      <c r="L78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M78" s="8">
+        <v/>
+      </c>
+      <c r="N78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O78" s="8">
+        <v>121969</v>
+      </c>
+      <c r="P78" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q78" s="8">
+        <v>1378</v>
+      </c>
+      <c r="R78" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18">
+      <c r="A79" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B79" t="s" s="9">
+        <v>32</v>
+      </c>
+      <c r="C79" s="10">
+        <v>189900837</v>
+      </c>
+      <c r="D79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E79" s="10">
+        <v>8212726</v>
+      </c>
+      <c r="F79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G79" s="10">
+        <v>349471815</v>
+      </c>
+      <c r="H79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I79" s="10">
+        <v>12689809</v>
+      </c>
+      <c r="J79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K79" s="10">
+        <v>119996760</v>
+      </c>
+      <c r="L79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M79" s="10">
+        <v>3722835</v>
+      </c>
+      <c r="N79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O79" s="10">
+        <v>659369412</v>
+      </c>
+      <c r="P79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q79" s="10">
+        <v>24625370</v>
+      </c>
+      <c r="R79" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>