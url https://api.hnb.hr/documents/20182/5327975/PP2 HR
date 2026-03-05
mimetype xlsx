--- v1 (2026-02-01)
+++ v2 (2026-03-05)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PP2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="931" uniqueCount="35">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UKUPAN BROJ TRANSAKCIJA PRIHVATA PLATNIH INSTRUMENATA U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>IZVJEŠTAJNO RAZDOBLJE</t>
   </si>
   <si>
     <t>Opis transakcije</t>
   </si>
   <si>
     <t>Vlastita</t>
   </si>
@@ -89,78 +89,81 @@
   <si>
     <t> Podizanje gotovog novca</t>
   </si>
   <si>
     <t> Kupovina</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Prijenos</t>
   </si>
   <si>
     <t> Izdavanje (punjenje) e-novca</t>
   </si>
   <si>
     <t> Iskup e-novca</t>
   </si>
   <si>
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
   </si>
   <si>
-    <t> UKUPNO</t>
+    <t> LISTOPAD</t>
   </si>
   <si>
-    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
+  </si>
+  <si>
+    <t> UKUPNO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -193,80 +196,86 @@
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
     </border>
     <border>
       <left style="none"/>
       <right style="none"/>
       <top style="none"/>
       <bottom style="none"/>
     </border>
     <border>
       <left style="none"/>
       <right style="none"/>
       <top style="none"/>
       <bottom style="medium"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -534,51 +543,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R80"/>
+  <dimension ref="A1:R100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1566,80 +1575,80 @@
       <c r="B26" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C26" s="8">
         <v>13255413</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>431755</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G26" s="8">
         <v>38346727</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I26" s="8">
         <v>1338281</v>
       </c>
       <c r="J26" t="s" s="7">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="K26" s="8">
         <v>4131327</v>
       </c>
       <c r="L26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M26" s="8">
         <v>222127</v>
       </c>
       <c r="N26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O26" s="8">
         <v>55733467</v>
       </c>
       <c r="P26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q26" s="8">
         <v>1992163</v>
       </c>
       <c r="R26" t="s" s="7">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C27" s="8">
         <v>213955</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E27" s="8">
         <v/>
       </c>
       <c r="F27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G27" s="8">
         <v/>
       </c>
       <c r="H27" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I27" s="8">
         <v/>
       </c>
@@ -1790,75 +1799,75 @@
       <c r="B30" t="s" s="9">
         <v>22</v>
       </c>
       <c r="C30" s="10">
         <v>20648670</v>
       </c>
       <c r="D30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="E30" s="10">
         <v>878011</v>
       </c>
       <c r="F30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="G30" s="10">
         <v>39002602</v>
       </c>
       <c r="H30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="I30" s="10">
         <v>1358868</v>
       </c>
       <c r="J30" t="s" s="9">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="K30" s="10">
         <v>4295347</v>
       </c>
       <c r="L30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="M30" s="10">
         <v>228117</v>
       </c>
       <c r="N30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O30" s="10">
         <v>63946619</v>
       </c>
       <c r="P30" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q30" s="10">
         <v>2464996</v>
       </c>
       <c r="R30" t="s" s="9">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B31" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C31" s="8">
         <v>445288</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E31" s="8">
         <v>182335</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G31" s="8">
         <v/>
       </c>
       <c r="H31" t="s" s="7">
@@ -1987,51 +1996,51 @@
       </c>
       <c r="L33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M33" s="8">
         <v>301748</v>
       </c>
       <c r="N33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O33" s="8">
         <v>59143673</v>
       </c>
       <c r="P33" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q33" s="8">
         <v>2144288</v>
       </c>
       <c r="R33" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B34" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C34" s="8">
         <v>207418</v>
       </c>
       <c r="D34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E34" s="8">
         <v/>
       </c>
       <c r="F34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G34" s="8">
         <v/>
       </c>
       <c r="H34" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I34" s="8">
         <v/>
       </c>
@@ -2379,51 +2388,51 @@
       </c>
       <c r="L40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M40" s="8">
         <v>397496</v>
       </c>
       <c r="N40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O40" s="8">
         <v>64339661</v>
       </c>
       <c r="P40" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q40" s="8">
         <v>2381246</v>
       </c>
       <c r="R40" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B41" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C41" s="8">
         <v>221862</v>
       </c>
       <c r="D41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E41" s="8">
         <v/>
       </c>
       <c r="F41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G41" s="8">
         <v/>
       </c>
       <c r="H41" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I41" s="8">
         <v/>
       </c>
@@ -2771,51 +2780,51 @@
       </c>
       <c r="L47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M47" s="8">
         <v>514199</v>
       </c>
       <c r="N47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O47" s="8">
         <v>70892127</v>
       </c>
       <c r="P47" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q47" s="8">
         <v>2513782</v>
       </c>
       <c r="R47" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48" t="s" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B48" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C48" s="8">
         <v>212039</v>
       </c>
       <c r="D48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E48" s="8">
         <v/>
       </c>
       <c r="F48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G48" s="8">
         <v/>
       </c>
       <c r="H48" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I48" s="8">
         <v/>
       </c>
@@ -3163,51 +3172,51 @@
       </c>
       <c r="L54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M54" s="8">
         <v>653693</v>
       </c>
       <c r="N54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O54" s="8">
         <v>82259389</v>
       </c>
       <c r="P54" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q54" s="8">
         <v>2742713</v>
       </c>
       <c r="R54" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B55" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C55" s="8">
         <v>227648</v>
       </c>
       <c r="D55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E55" s="8">
         <v/>
       </c>
       <c r="F55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G55" s="8">
         <v/>
       </c>
       <c r="H55" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I55" s="8">
         <v/>
       </c>
@@ -3555,51 +3564,51 @@
       </c>
       <c r="L61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M61" s="8">
         <v>682589</v>
       </c>
       <c r="N61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O61" s="8">
         <v>80513798</v>
       </c>
       <c r="P61" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q61" s="8">
         <v>2495815</v>
       </c>
       <c r="R61" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62" t="s" s="7">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B62" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C62" s="8">
         <v>240159</v>
       </c>
       <c r="D62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E62" s="8">
         <v/>
       </c>
       <c r="F62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G62" s="8">
         <v/>
       </c>
       <c r="H62" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I62" s="8">
         <v/>
       </c>
@@ -3947,51 +3956,51 @@
       </c>
       <c r="L68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M68" s="8">
         <v>505824</v>
       </c>
       <c r="N68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O68" s="8">
         <v>70359577</v>
       </c>
       <c r="P68" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q68" s="8">
         <v>2468653</v>
       </c>
       <c r="R68" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69" t="s" s="7">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B69" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C69" s="8">
         <v>245770</v>
       </c>
       <c r="D69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E69" s="8">
         <v/>
       </c>
       <c r="F69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G69" s="8">
         <v/>
       </c>
       <c r="H69" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I69" s="8">
         <v/>
       </c>
@@ -4177,437 +4186,1608 @@
       </c>
       <c r="N72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="O72" s="10">
         <v>78922943</v>
       </c>
       <c r="P72" t="s" s="9">
         <v>14</v>
       </c>
       <c r="Q72" s="10">
         <v>2978953</v>
       </c>
       <c r="R72" t="s" s="9">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B73" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C73" s="8">
-        <v>3978063</v>
+        <v>476265</v>
       </c>
       <c r="D73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E73" s="8">
-        <v>1678672</v>
+        <v>195146</v>
       </c>
       <c r="F73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G73" s="8">
         <v/>
       </c>
       <c r="H73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I73" s="8">
         <v/>
       </c>
       <c r="J73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K73" s="8">
         <v/>
       </c>
       <c r="L73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M73" s="8">
         <v/>
       </c>
       <c r="N73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O73" s="8">
-        <v>3978063</v>
+        <v>476265</v>
       </c>
       <c r="P73" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q73" s="8">
-        <v>1678672</v>
+        <v>195146</v>
       </c>
       <c r="R73" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B74" t="s" s="7">
         <v>16</v>
       </c>
       <c r="C74" s="8">
-        <v>59201199</v>
+        <v>6788360</v>
       </c>
       <c r="D74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E74" s="8">
-        <v>2372331</v>
+        <v>284658</v>
       </c>
       <c r="F74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G74" s="8">
-        <v>6044030</v>
+        <v>726000</v>
       </c>
       <c r="H74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I74" s="8">
-        <v>192254</v>
+        <v>23078</v>
       </c>
       <c r="J74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K74" s="8">
-        <v>4356231</v>
+        <v>284153</v>
       </c>
       <c r="L74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M74" s="8">
-        <v>79476</v>
+        <v>7994</v>
       </c>
       <c r="N74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O74" s="8">
-        <v>69601460</v>
+        <v>7798513</v>
       </c>
       <c r="P74" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q74" s="8">
-        <v>2644061</v>
+        <v>315730</v>
       </c>
       <c r="R74" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B75" t="s" s="7">
         <v>17</v>
       </c>
       <c r="C75" s="8">
-        <v>124642074</v>
+        <v>15648252</v>
       </c>
       <c r="D75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E75" s="8">
-        <v>4160345</v>
+        <v>518324</v>
       </c>
       <c r="F75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G75" s="8">
-        <v>343427785</v>
+        <v>40856764</v>
       </c>
       <c r="H75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I75" s="8">
-        <v>12497555</v>
+        <v>1470454</v>
       </c>
       <c r="J75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K75" s="8">
-        <v>115640529</v>
+        <v>9037886</v>
       </c>
       <c r="L75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M75" s="8">
-        <v>3643359</v>
+        <v>370123</v>
       </c>
       <c r="N75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O75" s="8">
-        <v>583710388</v>
+        <v>65542902</v>
       </c>
       <c r="P75" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q75" s="8">
-        <v>20301259</v>
+        <v>2358901</v>
       </c>
       <c r="R75" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76" t="s" s="7">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B76" t="s" s="7">
         <v>19</v>
       </c>
       <c r="C76" s="8">
-        <v>1941825</v>
+        <v>263527</v>
       </c>
       <c r="D76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E76" s="8">
         <v/>
       </c>
       <c r="F76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G76" s="8">
         <v/>
       </c>
       <c r="H76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I76" s="8">
         <v/>
       </c>
       <c r="J76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K76" s="8">
         <v/>
       </c>
       <c r="L76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M76" s="8">
         <v/>
       </c>
       <c r="N76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O76" s="8">
-        <v>1941825</v>
+        <v>263527</v>
       </c>
       <c r="P76" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q76" s="8">
         <v>0</v>
       </c>
       <c r="R76" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="A77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B77" t="s" s="7">
         <v>20</v>
       </c>
       <c r="C77" s="8">
-        <v>15707</v>
+        <v>1869</v>
       </c>
       <c r="D77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E77" s="8">
         <v/>
       </c>
       <c r="F77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G77" s="8">
         <v/>
       </c>
       <c r="H77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I77" s="8">
         <v/>
       </c>
       <c r="J77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K77" s="8">
         <v/>
       </c>
       <c r="L77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M77" s="8">
         <v/>
       </c>
       <c r="N77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O77" s="8">
-        <v>15707</v>
+        <v>1869</v>
       </c>
       <c r="P77" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q77" s="8">
         <v>0</v>
       </c>
       <c r="R77" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="A78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B78" t="s" s="7">
         <v>21</v>
       </c>
       <c r="C78" s="8">
-        <v>121969</v>
+        <v>16967</v>
       </c>
       <c r="D78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="E78" s="8">
-        <v>1378</v>
+        <v>161</v>
       </c>
       <c r="F78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="G78" s="8">
         <v/>
       </c>
       <c r="H78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="I78" s="8">
         <v/>
       </c>
       <c r="J78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="K78" s="8">
         <v/>
       </c>
       <c r="L78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="M78" s="8">
         <v/>
       </c>
       <c r="N78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="O78" s="8">
-        <v>121969</v>
+        <v>16967</v>
       </c>
       <c r="P78" t="s" s="7">
         <v>14</v>
       </c>
       <c r="Q78" s="8">
-        <v>1378</v>
+        <v>161</v>
       </c>
       <c r="R78" t="s" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="A79" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B79" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C79" s="10">
+        <v>23195240</v>
+      </c>
+      <c r="D79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E79" s="10">
+        <v>998289</v>
+      </c>
+      <c r="F79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G79" s="10">
+        <v>41582764</v>
+      </c>
+      <c r="H79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I79" s="10">
+        <v>1493532</v>
+      </c>
+      <c r="J79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K79" s="10">
+        <v>9322039</v>
+      </c>
+      <c r="L79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M79" s="10">
+        <v>378117</v>
+      </c>
+      <c r="N79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O79" s="10">
+        <v>74100043</v>
+      </c>
+      <c r="P79" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q79" s="10">
+        <v>2869938</v>
+      </c>
+      <c r="R79" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C80" s="8">
+        <v>439400</v>
+      </c>
+      <c r="D80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E80" s="8">
+        <v>166588</v>
+      </c>
+      <c r="F80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G80" s="8">
+        <v/>
+      </c>
+      <c r="H80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I80" s="8">
+        <v/>
+      </c>
+      <c r="J80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K80" s="8">
+        <v/>
+      </c>
+      <c r="L80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M80" s="8">
+        <v/>
+      </c>
+      <c r="N80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O80" s="8">
+        <v>439400</v>
+      </c>
+      <c r="P80" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q80" s="8">
+        <v>166588</v>
+      </c>
+      <c r="R80" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18">
+      <c r="A81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B81" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C81" s="8">
+        <v>6084107</v>
+      </c>
+      <c r="D81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E81" s="8">
+        <v>258278</v>
+      </c>
+      <c r="F81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G81" s="8">
+        <v>670310</v>
+      </c>
+      <c r="H81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I81" s="8">
+        <v>20725</v>
+      </c>
+      <c r="J81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K81" s="8">
+        <v>157600</v>
+      </c>
+      <c r="L81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M81" s="8">
+        <v>5586</v>
+      </c>
+      <c r="N81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O81" s="8">
+        <v>6912017</v>
+      </c>
+      <c r="P81" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q81" s="8">
+        <v>284589</v>
+      </c>
+      <c r="R81" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18">
+      <c r="A82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B82" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C82" s="8">
+        <v>14673458</v>
+      </c>
+      <c r="D82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E82" s="8">
+        <v>465657</v>
+      </c>
+      <c r="F82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G82" s="8">
+        <v>37489699</v>
+      </c>
+      <c r="H82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I82" s="8">
+        <v>1277280</v>
+      </c>
+      <c r="J82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K82" s="8">
+        <v>5562478</v>
+      </c>
+      <c r="L82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M82" s="8">
+        <v>239509</v>
+      </c>
+      <c r="N82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O82" s="8">
+        <v>57725635</v>
+      </c>
+      <c r="P82" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q82" s="8">
+        <v>1982446</v>
+      </c>
+      <c r="R82" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18">
+      <c r="A83" t="s" s="7">
         <v>32</v>
       </c>
-      <c r="C79" s="10">
-[...49 lines deleted...]
-      <c r="A80" t="s">
+      <c r="B83" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C83" s="8">
+        <v>258234</v>
+      </c>
+      <c r="D83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E83" s="8">
+        <v/>
+      </c>
+      <c r="F83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G83" s="8">
+        <v/>
+      </c>
+      <c r="H83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I83" s="8">
+        <v/>
+      </c>
+      <c r="J83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K83" s="8">
+        <v/>
+      </c>
+      <c r="L83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M83" s="8">
+        <v/>
+      </c>
+      <c r="N83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O83" s="8">
+        <v>258234</v>
+      </c>
+      <c r="P83" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q83" s="8">
+        <v>0</v>
+      </c>
+      <c r="R83" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18">
+      <c r="A84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B84" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C84" s="8">
+        <v>1837</v>
+      </c>
+      <c r="D84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E84" s="8">
+        <v/>
+      </c>
+      <c r="F84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G84" s="8">
+        <v/>
+      </c>
+      <c r="H84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I84" s="8">
+        <v/>
+      </c>
+      <c r="J84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K84" s="8">
+        <v/>
+      </c>
+      <c r="L84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M84" s="8">
+        <v/>
+      </c>
+      <c r="N84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O84" s="8">
+        <v>1837</v>
+      </c>
+      <c r="P84" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q84" s="8">
+        <v>0</v>
+      </c>
+      <c r="R84" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18">
+      <c r="A85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B85" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C85" s="8">
+        <v>13933</v>
+      </c>
+      <c r="D85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E85" s="8">
+        <v>134</v>
+      </c>
+      <c r="F85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G85" s="8">
+        <v/>
+      </c>
+      <c r="H85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I85" s="8">
+        <v/>
+      </c>
+      <c r="J85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K85" s="8">
+        <v/>
+      </c>
+      <c r="L85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M85" s="8">
+        <v/>
+      </c>
+      <c r="N85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O85" s="8">
+        <v>13933</v>
+      </c>
+      <c r="P85" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q85" s="8">
+        <v>134</v>
+      </c>
+      <c r="R85" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18">
+      <c r="A86" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B86" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C86" s="10">
+        <v>21470969</v>
+      </c>
+      <c r="D86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E86" s="10">
+        <v>890657</v>
+      </c>
+      <c r="F86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G86" s="10">
+        <v>38160009</v>
+      </c>
+      <c r="H86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I86" s="10">
+        <v>1298005</v>
+      </c>
+      <c r="J86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K86" s="10">
+        <v>5720078</v>
+      </c>
+      <c r="L86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M86" s="10">
+        <v>245095</v>
+      </c>
+      <c r="N86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O86" s="10">
+        <v>65351056</v>
+      </c>
+      <c r="P86" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q86" s="10">
+        <v>2433757</v>
+      </c>
+      <c r="R86" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18">
+      <c r="A87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B87" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C87" s="8">
+        <v>444967</v>
+      </c>
+      <c r="D87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E87" s="8">
+        <v>187273</v>
+      </c>
+      <c r="F87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G87" s="8">
+        <v/>
+      </c>
+      <c r="H87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I87" s="8">
+        <v/>
+      </c>
+      <c r="J87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K87" s="8">
+        <v/>
+      </c>
+      <c r="L87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M87" s="8">
+        <v/>
+      </c>
+      <c r="N87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O87" s="8">
+        <v>444967</v>
+      </c>
+      <c r="P87" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q87" s="8">
+        <v>187273</v>
+      </c>
+      <c r="R87" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18">
+      <c r="A88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B88" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C88" s="8">
+        <v>6941298</v>
+      </c>
+      <c r="D88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E88" s="8">
+        <v>281965</v>
+      </c>
+      <c r="F88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G88" s="8">
+        <v>729289</v>
+      </c>
+      <c r="H88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I88" s="8">
+        <v>21310</v>
+      </c>
+      <c r="J88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K88" s="8">
+        <v>191381</v>
+      </c>
+      <c r="L88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M88" s="8">
+        <v>5816</v>
+      </c>
+      <c r="N88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O88" s="8">
+        <v>7861968</v>
+      </c>
+      <c r="P88" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q88" s="8">
+        <v>309091</v>
+      </c>
+      <c r="R88" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18">
+      <c r="A89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B89" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="C89" s="8">
+        <v>16615853</v>
+      </c>
+      <c r="D89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E89" s="8">
+        <v>516925</v>
+      </c>
+      <c r="F89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G89" s="8">
+        <v>40579127</v>
+      </c>
+      <c r="H89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I89" s="8">
+        <v>1293814</v>
+      </c>
+      <c r="J89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K89" s="8">
+        <v>6191660</v>
+      </c>
+      <c r="L89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M89" s="8">
+        <v>223466</v>
+      </c>
+      <c r="N89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O89" s="8">
+        <v>63386640</v>
+      </c>
+      <c r="P89" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q89" s="8">
+        <v>2034205</v>
+      </c>
+      <c r="R89" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18">
+      <c r="A90" t="s" s="7">
         <v>33</v>
+      </c>
+      <c r="B90" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C90" s="8">
+        <v>277129</v>
+      </c>
+      <c r="D90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E90" s="8">
+        <v/>
+      </c>
+      <c r="F90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G90" s="8">
+        <v/>
+      </c>
+      <c r="H90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I90" s="8">
+        <v/>
+      </c>
+      <c r="J90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K90" s="8">
+        <v/>
+      </c>
+      <c r="L90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M90" s="8">
+        <v/>
+      </c>
+      <c r="N90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O90" s="8">
+        <v>277129</v>
+      </c>
+      <c r="P90" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q90" s="8">
+        <v>0</v>
+      </c>
+      <c r="R90" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18">
+      <c r="A91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B91" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C91" s="8">
+        <v>1721</v>
+      </c>
+      <c r="D91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E91" s="8">
+        <v/>
+      </c>
+      <c r="F91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G91" s="8">
+        <v/>
+      </c>
+      <c r="H91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I91" s="8">
+        <v/>
+      </c>
+      <c r="J91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K91" s="8">
+        <v/>
+      </c>
+      <c r="L91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M91" s="8">
+        <v/>
+      </c>
+      <c r="N91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O91" s="8">
+        <v>1721</v>
+      </c>
+      <c r="P91" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q91" s="8">
+        <v>0</v>
+      </c>
+      <c r="R91" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18">
+      <c r="A92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B92" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C92" s="8">
+        <v>16007</v>
+      </c>
+      <c r="D92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="E92" s="8">
+        <v>165</v>
+      </c>
+      <c r="F92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="G92" s="8">
+        <v/>
+      </c>
+      <c r="H92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="I92" s="8">
+        <v/>
+      </c>
+      <c r="J92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="K92" s="8">
+        <v/>
+      </c>
+      <c r="L92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="M92" s="8">
+        <v/>
+      </c>
+      <c r="N92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="O92" s="8">
+        <v>16007</v>
+      </c>
+      <c r="P92" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q92" s="8">
+        <v>165</v>
+      </c>
+      <c r="R92" t="s" s="7">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18">
+      <c r="A93" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="B93" t="s" s="9">
+        <v>22</v>
+      </c>
+      <c r="C93" s="10">
+        <v>24296975</v>
+      </c>
+      <c r="D93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="E93" s="10">
+        <v>986328</v>
+      </c>
+      <c r="F93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="G93" s="10">
+        <v>41308416</v>
+      </c>
+      <c r="H93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="I93" s="10">
+        <v>1315124</v>
+      </c>
+      <c r="J93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="K93" s="10">
+        <v>6383041</v>
+      </c>
+      <c r="L93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="M93" s="10">
+        <v>229282</v>
+      </c>
+      <c r="N93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="O93" s="10">
+        <v>71988432</v>
+      </c>
+      <c r="P93" t="s" s="9">
+        <v>14</v>
+      </c>
+      <c r="Q93" s="10">
+        <v>2530734</v>
+      </c>
+      <c r="R93" t="s" s="9">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18">
+      <c r="A94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B94" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="C94" s="12">
+        <v>5338695</v>
+      </c>
+      <c r="D94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E94" s="12">
+        <v>2227679</v>
+      </c>
+      <c r="F94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G94" s="12">
+        <v/>
+      </c>
+      <c r="H94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I94" s="12">
+        <v/>
+      </c>
+      <c r="J94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K94" s="12">
+        <v/>
+      </c>
+      <c r="L94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M94" s="12">
+        <v/>
+      </c>
+      <c r="N94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O94" s="12">
+        <v>5338695</v>
+      </c>
+      <c r="P94" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q94" s="12">
+        <v>2227679</v>
+      </c>
+      <c r="R94" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18">
+      <c r="A95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B95" t="s" s="11">
+        <v>16</v>
+      </c>
+      <c r="C95" s="12">
+        <v>79014964</v>
+      </c>
+      <c r="D95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E95" s="12">
+        <v>3197232</v>
+      </c>
+      <c r="F95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G95" s="12">
+        <v>8169629</v>
+      </c>
+      <c r="H95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I95" s="12">
+        <v>257367</v>
+      </c>
+      <c r="J95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K95" s="12">
+        <v>4989365</v>
+      </c>
+      <c r="L95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M95" s="12">
+        <v>98872</v>
+      </c>
+      <c r="N95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O95" s="12">
+        <v>92173958</v>
+      </c>
+      <c r="P95" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q95" s="12">
+        <v>3553471</v>
+      </c>
+      <c r="R95" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18">
+      <c r="A96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B96" t="s" s="11">
+        <v>17</v>
+      </c>
+      <c r="C96" s="12">
+        <v>171579637</v>
+      </c>
+      <c r="D96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E96" s="12">
+        <v>5661251</v>
+      </c>
+      <c r="F96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G96" s="12">
+        <v>462353375</v>
+      </c>
+      <c r="H96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I96" s="12">
+        <v>16539103</v>
+      </c>
+      <c r="J96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K96" s="12">
+        <v>136432553</v>
+      </c>
+      <c r="L96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M96" s="12">
+        <v>4476457</v>
+      </c>
+      <c r="N96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O96" s="12">
+        <v>770365565</v>
+      </c>
+      <c r="P96" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q96" s="12">
+        <v>26676811</v>
+      </c>
+      <c r="R96" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18">
+      <c r="A97" t="s" s="11">
+        <v>34</v>
+      </c>
+      <c r="B97" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="C97" s="12">
+        <v>2740715</v>
+      </c>
+      <c r="D97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E97" s="12">
+        <v/>
+      </c>
+      <c r="F97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G97" s="12">
+        <v/>
+      </c>
+      <c r="H97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I97" s="12">
+        <v/>
+      </c>
+      <c r="J97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K97" s="12">
+        <v/>
+      </c>
+      <c r="L97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M97" s="12">
+        <v/>
+      </c>
+      <c r="N97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O97" s="12">
+        <v>2740715</v>
+      </c>
+      <c r="P97" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q97" s="12">
+        <v>0</v>
+      </c>
+      <c r="R97" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18">
+      <c r="A98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B98" t="s" s="11">
+        <v>20</v>
+      </c>
+      <c r="C98" s="12">
+        <v>21134</v>
+      </c>
+      <c r="D98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E98" s="12">
+        <v/>
+      </c>
+      <c r="F98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G98" s="12">
+        <v/>
+      </c>
+      <c r="H98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I98" s="12">
+        <v/>
+      </c>
+      <c r="J98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K98" s="12">
+        <v/>
+      </c>
+      <c r="L98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M98" s="12">
+        <v/>
+      </c>
+      <c r="N98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O98" s="12">
+        <v>21134</v>
+      </c>
+      <c r="P98" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q98" s="12">
+        <v>0</v>
+      </c>
+      <c r="R98" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18">
+      <c r="A99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B99" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C99" s="12">
+        <v>168876</v>
+      </c>
+      <c r="D99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E99" s="12">
+        <v>1838</v>
+      </c>
+      <c r="F99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G99" s="12">
+        <v/>
+      </c>
+      <c r="H99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I99" s="12">
+        <v/>
+      </c>
+      <c r="J99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K99" s="12">
+        <v/>
+      </c>
+      <c r="L99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M99" s="12">
+        <v/>
+      </c>
+      <c r="N99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O99" s="12">
+        <v>168876</v>
+      </c>
+      <c r="P99" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q99" s="12">
+        <v>1838</v>
+      </c>
+      <c r="R99" t="s" s="11">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18">
+      <c r="A100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="B100" t="s" s="11">
+        <v>34</v>
+      </c>
+      <c r="C100" s="12">
+        <v>258864021</v>
+      </c>
+      <c r="D100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="E100" s="12">
+        <v>11088000</v>
+      </c>
+      <c r="F100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="G100" s="12">
+        <v>470523004</v>
+      </c>
+      <c r="H100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="I100" s="12">
+        <v>16796470</v>
+      </c>
+      <c r="J100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="K100" s="12">
+        <v>141421918</v>
+      </c>
+      <c r="L100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="M100" s="12">
+        <v>4575329</v>
+      </c>
+      <c r="N100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="O100" s="12">
+        <v>870808943</v>
+      </c>
+      <c r="P100" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q100" s="12">
+        <v>32459799</v>
+      </c>
+      <c r="R100" t="s" s="11">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:R5"/>
     <mergeCell ref="A6:R6"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>